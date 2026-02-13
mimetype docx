--- v0 (2025-12-26)
+++ v1 (2026-02-13)
@@ -916,66 +916,82 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC88CB0" w14:textId="77777777" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01DBC1BD" w14:textId="1CCBA893" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
+          <w:p w14:paraId="01DBC1BD" w14:textId="45DDD813" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:spacing w:line="278" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>In a 4 x 400-meter relay, using short staggers, at which point should you take the split time for each athlete in the team you have been allocated and who start in lane 4? (1 mark)</w:t>
+              <w:t>In a 4 x 400-</w:t>
+            </w:r>
+            <w:r w:rsidR="002A467C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>metre</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004E0BA6">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> relay, using short staggers, at which point should you take the split time for each athlete in the team you have been allocated and who start in lane 4? (1 mark)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="72814264" w14:textId="77777777" w:rsidTr="00567D3C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="68D4A111" w14:textId="5C8F821F" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="403405B5" w14:textId="11EF682B" w:rsidR="00567D3C" w:rsidRPr="004E0BA6" w:rsidRDefault="00567D3C" w:rsidP="00567D3C">
             <w:pPr>
@@ -8195,73 +8211,89 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="526855C9" w14:textId="77777777" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00316A9D" w:rsidP="00762A86">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9327" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20543531" w14:textId="11A45087" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00751908" w:rsidP="00F11AB6">
+          <w:p w14:paraId="20543531" w14:textId="34C9380D" w:rsidR="00316A9D" w:rsidRPr="004E0BA6" w:rsidRDefault="00751908" w:rsidP="00F11AB6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">For races on the track, what times would you return if your watch reads </w:t>
             </w:r>
             <w:r w:rsidR="00EA6A8C">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>29.1</w:t>
+              <w:t>29.</w:t>
+            </w:r>
+            <w:r w:rsidR="00611547">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA6A8C">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidR="00F11AB6" w:rsidRPr="004E0BA6">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">(1 mark) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E0BA6" w:rsidRPr="004E0BA6" w14:paraId="574290D5" w14:textId="77777777" w:rsidTr="00F11AB6">
         <w:trPr>
           <w:trHeight w:val="132"/>
         </w:trPr>
         <w:tc>
@@ -10169,126 +10201,126 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4659E1ED" w14:textId="77777777" w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidRDefault="005A3CFF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A3CFF" w:rsidRPr="004E0BA6" w:rsidSect="004E0BA6">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2031" w:right="720" w:bottom="284" w:left="720" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="315D104A" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="32334BF7" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="632EFAFC" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="1E6B58F7" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35539D17" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="7169EF39" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16A95E6B" w14:textId="77777777" w:rsidR="0008242E" w:rsidRDefault="0008242E" w:rsidP="00C76853">
+    <w:p w14:paraId="379CFFB4" w14:textId="77777777" w:rsidR="00CD6B9F" w:rsidRDefault="00CD6B9F" w:rsidP="00C76853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47279D0C" w14:textId="34365FD3" w:rsidR="00C76853" w:rsidRDefault="00C76853">
+  <w:p w14:paraId="47279D0C" w14:textId="0BEB6B91" w:rsidR="00C76853" w:rsidRDefault="00C76853">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E44F07B" wp14:editId="281204BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-130175</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3543300" cy="811274"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapNone/>
           <wp:docPr id="515452057" name="Picture 4" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10317,51 +10349,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="3543300" cy="811274"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00837E22">
       <w:rPr>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>Version 1</w:t>
+      <w:t xml:space="preserve">Version </w:t>
+    </w:r>
+    <w:r w:rsidR="002A467C">
+      <w:rPr>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="040C7358"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B492D64A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -12933,50 +12972,51 @@
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AD25C7"/>
     <w:rsid w:val="00002D06"/>
     <w:rsid w:val="000033F5"/>
     <w:rsid w:val="00015759"/>
     <w:rsid w:val="00017268"/>
     <w:rsid w:val="00025334"/>
+    <w:rsid w:val="000262F2"/>
     <w:rsid w:val="0003303C"/>
     <w:rsid w:val="00037AA1"/>
     <w:rsid w:val="00041B40"/>
     <w:rsid w:val="0004788C"/>
     <w:rsid w:val="00050373"/>
     <w:rsid w:val="0005261D"/>
     <w:rsid w:val="00053A4D"/>
     <w:rsid w:val="00054081"/>
     <w:rsid w:val="00082221"/>
     <w:rsid w:val="0008242E"/>
     <w:rsid w:val="00082C1F"/>
     <w:rsid w:val="000861EC"/>
     <w:rsid w:val="00086859"/>
     <w:rsid w:val="00090C67"/>
     <w:rsid w:val="00092FD1"/>
     <w:rsid w:val="0009366E"/>
     <w:rsid w:val="000A0009"/>
     <w:rsid w:val="000A226D"/>
     <w:rsid w:val="000A2DFE"/>
     <w:rsid w:val="000A67F2"/>
     <w:rsid w:val="000B6FC1"/>
     <w:rsid w:val="000C6B33"/>
     <w:rsid w:val="000D1FC3"/>
     <w:rsid w:val="000D6BD4"/>
     <w:rsid w:val="000E0F5D"/>
@@ -13022,50 +13062,51 @@
     <w:rsid w:val="002232FC"/>
     <w:rsid w:val="00225910"/>
     <w:rsid w:val="00225CD8"/>
     <w:rsid w:val="00226091"/>
     <w:rsid w:val="0023167C"/>
     <w:rsid w:val="00233CBE"/>
     <w:rsid w:val="002358B7"/>
     <w:rsid w:val="00237A70"/>
     <w:rsid w:val="0024503F"/>
     <w:rsid w:val="00245701"/>
     <w:rsid w:val="00250526"/>
     <w:rsid w:val="00253715"/>
     <w:rsid w:val="00255084"/>
     <w:rsid w:val="00257706"/>
     <w:rsid w:val="0026150E"/>
     <w:rsid w:val="00261579"/>
     <w:rsid w:val="00262AA5"/>
     <w:rsid w:val="00267091"/>
     <w:rsid w:val="0027257C"/>
     <w:rsid w:val="002725F2"/>
     <w:rsid w:val="00284A22"/>
     <w:rsid w:val="00284F48"/>
     <w:rsid w:val="00294935"/>
     <w:rsid w:val="002A424F"/>
     <w:rsid w:val="002A42AF"/>
+    <w:rsid w:val="002A467C"/>
     <w:rsid w:val="002A698A"/>
     <w:rsid w:val="002B1FF2"/>
     <w:rsid w:val="002B229B"/>
     <w:rsid w:val="002B6870"/>
     <w:rsid w:val="002C4589"/>
     <w:rsid w:val="002D2C56"/>
     <w:rsid w:val="002D640F"/>
     <w:rsid w:val="002E0D49"/>
     <w:rsid w:val="002E4527"/>
     <w:rsid w:val="002F4241"/>
     <w:rsid w:val="002F469A"/>
     <w:rsid w:val="003042E7"/>
     <w:rsid w:val="00305E70"/>
     <w:rsid w:val="003140C5"/>
     <w:rsid w:val="00316A9D"/>
     <w:rsid w:val="003233FC"/>
     <w:rsid w:val="00325130"/>
     <w:rsid w:val="0033134B"/>
     <w:rsid w:val="00332FBA"/>
     <w:rsid w:val="00333BE0"/>
     <w:rsid w:val="00340CFC"/>
     <w:rsid w:val="00341AB3"/>
     <w:rsid w:val="00341E6F"/>
     <w:rsid w:val="00354D8F"/>
     <w:rsid w:val="00356E11"/>
@@ -13158,50 +13199,52 @@
     <w:rsid w:val="0057569B"/>
     <w:rsid w:val="00582F8D"/>
     <w:rsid w:val="0058464E"/>
     <w:rsid w:val="00584968"/>
     <w:rsid w:val="00590087"/>
     <w:rsid w:val="0059118C"/>
     <w:rsid w:val="005966B2"/>
     <w:rsid w:val="005A1660"/>
     <w:rsid w:val="005A274D"/>
     <w:rsid w:val="005A35BF"/>
     <w:rsid w:val="005A3CFF"/>
     <w:rsid w:val="005A4CCF"/>
     <w:rsid w:val="005A59B7"/>
     <w:rsid w:val="005B544B"/>
     <w:rsid w:val="005C0FAE"/>
     <w:rsid w:val="005D109C"/>
     <w:rsid w:val="005D1C43"/>
     <w:rsid w:val="005D5536"/>
     <w:rsid w:val="005E07C9"/>
     <w:rsid w:val="005E2BEA"/>
     <w:rsid w:val="005F0305"/>
     <w:rsid w:val="005F45AF"/>
     <w:rsid w:val="00605140"/>
     <w:rsid w:val="00605BDA"/>
     <w:rsid w:val="006110B7"/>
+    <w:rsid w:val="00611547"/>
+    <w:rsid w:val="00612470"/>
     <w:rsid w:val="006175CD"/>
     <w:rsid w:val="0062728C"/>
     <w:rsid w:val="00627AD8"/>
     <w:rsid w:val="00630F76"/>
     <w:rsid w:val="006360A6"/>
     <w:rsid w:val="00636FF0"/>
     <w:rsid w:val="00641F26"/>
     <w:rsid w:val="0064298E"/>
     <w:rsid w:val="006538C3"/>
     <w:rsid w:val="006543BF"/>
     <w:rsid w:val="0066176E"/>
     <w:rsid w:val="00666693"/>
     <w:rsid w:val="006673D9"/>
     <w:rsid w:val="006675DA"/>
     <w:rsid w:val="00684C06"/>
     <w:rsid w:val="00685BA4"/>
     <w:rsid w:val="00686DBF"/>
     <w:rsid w:val="00690819"/>
     <w:rsid w:val="00691658"/>
     <w:rsid w:val="006927BB"/>
     <w:rsid w:val="00692F48"/>
     <w:rsid w:val="00695923"/>
     <w:rsid w:val="00696F24"/>
     <w:rsid w:val="00697443"/>
     <w:rsid w:val="006A5FA0"/>
@@ -13406,73 +13449,75 @@
     <w:rsid w:val="00B65681"/>
     <w:rsid w:val="00B72926"/>
     <w:rsid w:val="00B74A55"/>
     <w:rsid w:val="00B74EE5"/>
     <w:rsid w:val="00B84D76"/>
     <w:rsid w:val="00B867BD"/>
     <w:rsid w:val="00B95D35"/>
     <w:rsid w:val="00BA3CE2"/>
     <w:rsid w:val="00BA7EFA"/>
     <w:rsid w:val="00BB29D3"/>
     <w:rsid w:val="00BB3E84"/>
     <w:rsid w:val="00BC1852"/>
     <w:rsid w:val="00BC40AB"/>
     <w:rsid w:val="00BC7F6C"/>
     <w:rsid w:val="00BD3C55"/>
     <w:rsid w:val="00BD7980"/>
     <w:rsid w:val="00BD7E71"/>
     <w:rsid w:val="00BE3933"/>
     <w:rsid w:val="00BF394F"/>
     <w:rsid w:val="00C12EC0"/>
     <w:rsid w:val="00C1325B"/>
     <w:rsid w:val="00C15C2F"/>
     <w:rsid w:val="00C15F8F"/>
     <w:rsid w:val="00C22EE5"/>
     <w:rsid w:val="00C233AA"/>
+    <w:rsid w:val="00C24BA3"/>
     <w:rsid w:val="00C2596F"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C42BB4"/>
     <w:rsid w:val="00C45378"/>
     <w:rsid w:val="00C454C0"/>
     <w:rsid w:val="00C53197"/>
     <w:rsid w:val="00C54483"/>
     <w:rsid w:val="00C766C9"/>
     <w:rsid w:val="00C76853"/>
     <w:rsid w:val="00C82CF0"/>
     <w:rsid w:val="00C967C7"/>
     <w:rsid w:val="00CA6C51"/>
     <w:rsid w:val="00CA736E"/>
     <w:rsid w:val="00CA7D6C"/>
     <w:rsid w:val="00CB0314"/>
     <w:rsid w:val="00CB0D11"/>
     <w:rsid w:val="00CB34AA"/>
     <w:rsid w:val="00CB35D5"/>
     <w:rsid w:val="00CB59CA"/>
     <w:rsid w:val="00CC0407"/>
     <w:rsid w:val="00CC0BE3"/>
     <w:rsid w:val="00CD22EC"/>
     <w:rsid w:val="00CD3FFB"/>
+    <w:rsid w:val="00CD6B9F"/>
     <w:rsid w:val="00CE2245"/>
     <w:rsid w:val="00CE33C8"/>
     <w:rsid w:val="00CF0879"/>
     <w:rsid w:val="00CF2040"/>
     <w:rsid w:val="00CF4149"/>
     <w:rsid w:val="00CF48F2"/>
     <w:rsid w:val="00CF55D0"/>
     <w:rsid w:val="00CF628D"/>
     <w:rsid w:val="00D01D25"/>
     <w:rsid w:val="00D05400"/>
     <w:rsid w:val="00D06F80"/>
     <w:rsid w:val="00D129EE"/>
     <w:rsid w:val="00D21BA6"/>
     <w:rsid w:val="00D244C1"/>
     <w:rsid w:val="00D27659"/>
     <w:rsid w:val="00D325E1"/>
     <w:rsid w:val="00D37105"/>
     <w:rsid w:val="00D40D7A"/>
     <w:rsid w:val="00D4175A"/>
     <w:rsid w:val="00D4702F"/>
     <w:rsid w:val="00D47ABA"/>
     <w:rsid w:val="00D5653A"/>
     <w:rsid w:val="00D66536"/>
     <w:rsid w:val="00D73451"/>
     <w:rsid w:val="00D84708"/>
@@ -14813,75 +14858,75 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED82ED8B-D36C-4EEC-82F7-6F4C668D9FC8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="d4e97e60-d57b-46f0-8c68-1d25f9ddb920"/>
     <ds:schemaRef ds:uri="d4a48426-97cc-4a61-94fb-56c3682b2352"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1300</Words>
+  <Words>1301</Words>
   <Characters>7416</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>61</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8699</CharactersWithSpaces>
+  <CharactersWithSpaces>8700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Donna BSmith</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010042016E61ECD77C43A7695B35AA3CBE50</vt:lpwstr>
   </property>